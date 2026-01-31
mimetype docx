--- v0 (2025-12-10)
+++ v1 (2026-01-31)
@@ -1,6949 +1,6273 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="bmp" ContentType="image/x-bmp"/>
+  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="tiff" ContentType="image/tiff"/>
+  <Default Extension="tif" ContentType="image/tiff"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
+  <Default Extension="jxr" ContentType="image/vnd.ms-photo"/>
+  <Default Extension="dds" ContentType="image/vnd.ms-dds"/>
+  <Default Extension="heic" ContentType="image/heic"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...14 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/header0001.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer0001.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header0001_first.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer0001_first.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+	<Relationship Id="rId00001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
+	<Relationship Id="rId00002" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
+	<Relationship Id="rId00003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
+	<Relationship Id="rId00004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/>
+</Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:tx19="http://schemas.textcontrol.com/tx/1900" xmlns:tx23="http://schemas.textcontrol.com/tx/2300" xmlns:tx26="http://schemas.textcontrol.com/tx/2600" mc:Ignorable="w14 wpc wpg wps w15 w16du tx19 tx23 tx26">
   <w:body>
-    <w:p w14:paraId="544682E7" w14:textId="0D1B95E3" w:rsidR="00A85487" w:rsidRPr="003555EE" w:rsidRDefault="00C01279" w:rsidP="00100C5B">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="none"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                       </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="185BD37D" w14:textId="28038CB6" w:rsidR="00A85487" w:rsidRPr="00CC4FE3" w:rsidRDefault="008D58A4" w:rsidP="001862B4">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="006600"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="006600"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
-        </w:rPr>
-        <w:t>Visitor Services Host</w:t>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Visitor Services Host </w:t>
       </w:r>
-      <w:r w:rsidR="002976D5" w:rsidRPr="00CC4FE3">
-[...12 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
         <w:tblInd w:w="0" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="3492"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E4AA3" w14:paraId="1EAF2F53" w14:textId="77777777" w:rsidTr="00CC4FE3">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="596"/>
+          <w:trHeight w:val="596" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
-            <w:hideMark/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="7398C611" w14:textId="6BA8D4A8" w:rsidR="003E4AA3" w:rsidRPr="009235C6" w:rsidRDefault="003E4AA3">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Hlk122621579"/>
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...10 lines deleted...]
-              <w:t>grade</w:t>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Job Level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="46F36DCA" w14:textId="131574D9" w:rsidR="003E4AA3" w:rsidRPr="008026AD" w:rsidRDefault="00184743">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t xml:space="preserve">Seasonal pay scales </w:t>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Level 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
-            <w:hideMark/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="03C7C2B7" w14:textId="70F6CE16" w:rsidR="003E4AA3" w:rsidRPr="009235C6" w:rsidRDefault="003E4AA3" w:rsidP="00BF6F89">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009235C6">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-              <w:t>Reports to</w:t>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reports to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3492" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="2185A247" w14:textId="7886DD60" w:rsidR="003E4AA3" w:rsidRPr="008026AD" w:rsidRDefault="00E11A71" w:rsidP="0049137A">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>Nicky Mathers</w:t>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nicky Mathers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E4AA3" w14:paraId="3C2068F7" w14:textId="77777777" w:rsidTr="00CC4FE3">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
-            <w:hideMark/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="17B463F9" w14:textId="77777777" w:rsidR="003E4AA3" w:rsidRPr="009235C6" w:rsidRDefault="003E4AA3">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009235C6">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-              <w:t>Directorate</w:t>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Directorate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="7E6BF310" w14:textId="5613083A" w:rsidR="003E4AA3" w:rsidRPr="008D58A4" w:rsidRDefault="00E11A71">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D58A4">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>Commercial</w:t>
+                <w:bCs/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Commercial</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E58A214" w14:textId="77777777" w:rsidR="003E4AA3" w:rsidRPr="003E4AA3" w:rsidRDefault="003E4AA3">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
-            <w:hideMark/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="794E9714" w14:textId="77777777" w:rsidR="003E4AA3" w:rsidRPr="009235C6" w:rsidRDefault="003E4AA3">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009235C6">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-              <w:t>Function</w:t>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Function</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3492" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="5706D4D9" w14:textId="0D8B9506" w:rsidR="003E4AA3" w:rsidRPr="008026AD" w:rsidRDefault="00E812F7">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>Visitor Services</w:t>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Visitor Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008479A5" w14:paraId="615BAF68" w14:textId="77777777" w:rsidTr="00CC4FE3">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4B7345" w14:textId="0D8017F8" w:rsidR="008479A5" w:rsidRPr="009235C6" w:rsidRDefault="008479A5">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009235C6">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Contract </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="3891DEE1" w14:textId="60698D1B" w:rsidR="008479A5" w:rsidRPr="008D58A4" w:rsidRDefault="00CF1AF4" w:rsidP="00E11A71">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
-              </w:rPr>
-              <w:t xml:space="preserve">Seasonal </w:t>
+                <w:bCs/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fixed Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="4F203C26" w14:textId="73541ED6" w:rsidR="008479A5" w:rsidRPr="009235C6" w:rsidRDefault="00AE5D88">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009235C6">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-              <w:t>Location</w:t>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3492" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="22B0528D" w14:textId="68E7AECB" w:rsidR="008479A5" w:rsidRPr="008026AD" w:rsidRDefault="00E11A71">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>Whipsnade</w:t>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Whipsnade</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="08C5A71A" w14:textId="77777777" w:rsidR="00A85487" w:rsidRPr="001862B4" w:rsidRDefault="00A85487" w:rsidP="001862B4">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="006600"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="006600"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-        <w:t>Responsibility for resources</w:t>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Responsibility for resources</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="723DF8C2" w14:textId="77777777" w:rsidR="00A07430" w:rsidRDefault="00A07430" w:rsidP="003E4AA3">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-          <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="244061"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
         <w:tblInd w:w="0" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1404"/>
-        <w:gridCol w:w="2757"/>
+        <w:gridCol w:w="1411"/>
+        <w:gridCol w:w="2822"/>
         <w:gridCol w:w="1612"/>
-        <w:gridCol w:w="3244"/>
+        <w:gridCol w:w="3324"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E3454" w:rsidRPr="003E4AA3" w14:paraId="30796C19" w14:textId="77777777" w:rsidTr="00E11A71">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="596"/>
+          <w:trHeight w:val="596" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
-            <w:hideMark/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="4F7CD0DF" w14:textId="518A07B5" w:rsidR="008E3454" w:rsidRPr="002402A1" w:rsidRDefault="008E3454" w:rsidP="00AC39F4">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002402A1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-              <w:t>Direct line reports</w:t>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Direct line reports</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2822" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="0265DB39" w14:textId="197E114E" w:rsidR="00E812F7" w:rsidRPr="008026AD" w:rsidRDefault="00C06FA6" w:rsidP="00AC39F4">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>N/A</w:t>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:tcW w:w="1612" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
-            <w:hideMark/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="1897D5E1" w14:textId="41A94098" w:rsidR="008E3454" w:rsidRPr="002402A1" w:rsidRDefault="00DB2592" w:rsidP="00AC39F4">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> for other resources</w:t>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsibility for other resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="13F4C6C0" w14:textId="3EC0EACA" w:rsidR="008E3454" w:rsidRPr="008026AD" w:rsidRDefault="00E11A71" w:rsidP="00AC39F4">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>N/A</w:t>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E3454" w:rsidRPr="003E4AA3" w14:paraId="24F406F4" w14:textId="77777777" w:rsidTr="00CC4FE3">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
-            <w:hideMark/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="3D34C556" w14:textId="28DC4C14" w:rsidR="008E3454" w:rsidRPr="002402A1" w:rsidRDefault="008E3454" w:rsidP="00AC39F4">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002402A1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-              <w:t>Financial resources</w:t>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Financial resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2822" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="445FECEA" w14:textId="1C770B88" w:rsidR="008E3454" w:rsidRPr="008026AD" w:rsidRDefault="00E11A71" w:rsidP="00373F9B">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>N/A</w:t>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1460" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
             <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
-            <w:hideMark/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="2F109A09" w14:textId="0D775D66" w:rsidR="008E3454" w:rsidRPr="002402A1" w:rsidRDefault="008E3454" w:rsidP="00AC39F4">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
-            <w:vMerge/>
-[...5 lines deleted...]
-            <w:hideMark/>
+            <w:vMerge w:val="continue"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="2AF21A9F" w14:textId="2BFB966F" w:rsidR="008E3454" w:rsidRPr="003E4AA3" w:rsidRDefault="008E3454" w:rsidP="00AC39F4">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C916A69" w14:textId="77777777" w:rsidR="00A07430" w:rsidRDefault="00A07430" w:rsidP="003E4AA3">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-          <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="244061"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="006600"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="006600"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Our </w:t>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Our vision and mission </w:t>
       </w:r>
-      <w:r w:rsidR="0030228C" w:rsidRPr="00CC4FE3">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Zoological Society of London (ZSL) is an international conservation charity, driven by science, working to restore wildlife in the UK and around the world. Our vision is a world where wildlife thrives and every role, every person in every corner of ZSL has one thing in common – we are all conservationists, and passionate about restoring wildlife.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="366091"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="006600"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="006600"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Purpose of the role </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A42710C" w14:textId="489DC1F3" w:rsidR="00A52509" w:rsidRPr="000306AB" w:rsidRDefault="000306AB" w:rsidP="003E4AA3">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The seasonal team are responsible for supporting the team leaders and permanent team to deliver exceptional customer care to both ZSL visitors and staff, which in turn will maximise revenue for the charity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:after="160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Duties will include working within the Retail, Admissions, Hullabazoo and other areas of the visitor services departmental responsibility. You will be the main point of contact for our visitors and as such play a vital role in the delivery of high standards of customer service across the department.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:after="160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-[...30 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="006600"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="006600"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Purpose of the </w:t>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Key responsibilities</w:t>
       </w:r>
-      <w:r w:rsidR="003E4AA3" w:rsidRPr="00CC4FE3">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">General</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Demonstrate an exceptional level of personal customer service to all ZSL visitors and staff.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acts as an ambassador for ZSL all times and actively participates in on-the-job training, including mandatory courses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="714"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maximise revenue from all areas of the department responsibility by proactively upselling to our visitors. Extra sales from our guide books, penguin feeds and memberships are crucial to enhance our charity income.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="714"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adheres to daily scheduling and staff plans.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="714"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maintain a high level of presentation standards in all of our outlets</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="714"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Helps to drive open communication across the Visitor Services department, including participation in daily team performance briefings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Responsibility for ensuring compliance with all on-site cash handling policy and procedure across all Visitor Services functions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Upholds the Zoo’s Terms and Conditions of entry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operations</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure that all shops, outlets and admission gates are fully operational and that any issues are raised with the Visitor Services management team.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure that all business systems and operational procedures are followed by all staff.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Meet, greet and inform our visitors about the retail offering around the park and with wider zoo information when visitor facing. Always asking for assistance if you do not have the answers to their questions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maintain hygienic storage and effective stock date rotation for all perishable goods.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure accurate stock file records through thorough checks of warehouse deliveries, processing damaged goods and both annual and ad hoc stock counts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maximise revenue for the charity by proactively upselling to our visitors and maintaining good stock levels in all outlets through regular stock replenishment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure that all business systems and operational procedures are followed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As the responsibilities of the Visitor Services department are so broad it is important to maintain a flexible and adaptable approach to your work with a positive ‘can do’ attitude.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Admissions</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Actively understands and is responsible for the delivery of admissions operations, including sale of General Entry, Car Entry, Education, Group, Promotions, Trade, Membership and Experiences products.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensures high standards of visual appeal in the admissions area, including ensuring visibility of pricing and promotional activity and materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Develops and maintains good up to date knowledge of all ZSL ticket types, promotions and attractions, actively promoting and looking for opportunities to up sell the same</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hullabazoo</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support Admission of visitors into the Hullabazoo Play Area.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support management in the supervision of visitors in line with our rules of play.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Working alongside your colleagues in the play centre, ensure that the daily, weekly and monthly cleaning tasks are completed to a high standard, within the set timeframe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure the safety of all staff and visitors through adherence to all health &amp; safety policy &amp; procedure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">People</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Actively takes part in any department or business wide incentives and encourages their peers to do the same. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Be approachable, fun and friendly to all visitors and team members at all times.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suggest ways to improve the operational running of the department.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The postholder should feel empowered to raise concerns relating to departmental conduct or unsafe conditions should they occur.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The post holder demonstrates an outgoing and approachable attitude towards others and ability to establish good working relationships.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The post holder must be able to demonstrate effective resource/time management capability. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Able to maintain trust when party to sensitive and confidential information as well as lives by ZSL policy including Diversity &amp; Inclusion and Dignity &amp; Respect for others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The duties and responsibilities described are not a comprehensive list and additional tasks </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may be assigned from time to time that are in line with the level of the role.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="006600"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="006600"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...1470 lines deleted...]
-        <w:t>Person Specification</w:t>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Person Specification</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
         <w:tblInd w:w="0" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9017"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9017" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experience</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1271"/>
         <w:gridCol w:w="7746"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E615A4" w14:paraId="6EDBDC52" w14:textId="77777777" w:rsidTr="00CC4FE3">
-[...33 lines deleted...]
-      <w:tr w:rsidR="00E615A4" w:rsidRPr="00E812F7" w14:paraId="4EB2D4DC" w14:textId="77777777" w:rsidTr="00EE1330">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="03A03219" w14:textId="0C4D43BE" w:rsidR="00E615A4" w:rsidRPr="00E812F7" w:rsidRDefault="00E615A4" w:rsidP="006D2DAA">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>Essential</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Essential</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7746" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="33AEA9BF" w14:textId="1A4E67C0" w:rsidR="00306590" w:rsidRPr="00E812F7" w:rsidRDefault="00E11A71" w:rsidP="00C06FA6">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:spacing w:after="120"/>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">An understanding of Health and Safety policies and procedure/compliance within a visitor facing function. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E615A4" w:rsidRPr="00E812F7" w14:paraId="62D3B963" w14:textId="77777777" w:rsidTr="00EE1330">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="3D9CD8E9" w14:textId="261715AA" w:rsidR="00E615A4" w:rsidRPr="00E812F7" w:rsidRDefault="00E615A4" w:rsidP="006D2DAA">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Desirable </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7746" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="4B5D1F4C" w14:textId="77777777" w:rsidR="005B5439" w:rsidRPr="00E812F7" w:rsidRDefault="005B5439" w:rsidP="00C06FA6">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:spacing w:after="120"/>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>Ability to demonstrate equivalent skill based on experience/qualification, prior experience in a customer service setting is beneficial but not essential.</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ability to demonstrate equivalent skill based on experience/qualification, prior experience in a customer service setting is beneficial but not essential.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1728E267" w14:textId="77777777" w:rsidR="005B5439" w:rsidRPr="00E812F7" w:rsidRDefault="005B5439" w:rsidP="00C06FA6">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:spacing w:after="120"/>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>May have current experience/study in a relevant subject (e.g., Retail, Business, Customer Services, Systems &amp; IT) (not essential).</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">May have current experience/study in a relevant subject (e.g., Retail, Business, Customer Services, Systems &amp; IT) (not essential).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="453A2614" w14:textId="4CEEF130" w:rsidR="00E615A4" w:rsidRPr="00E812F7" w:rsidRDefault="005B5439" w:rsidP="00C06FA6">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:spacing w:after="120"/>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>Previous experience working in visitor/customer services role in a large Visitor Attraction setting an advantage but not essential.</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Previous experience working in visitor/customer services role in a large Visitor Attraction setting an advantage but not essential.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E615A4" w:rsidRPr="00E812F7" w14:paraId="42DA08AD" w14:textId="77777777" w:rsidTr="00CC4FE3">
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9017"/>
+      </w:tblGrid>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9017" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="7FA39D64" w14:textId="63ECA37A" w:rsidR="00E615A4" w:rsidRPr="00E812F7" w:rsidRDefault="00E615A4" w:rsidP="006D2DAA">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...5 lines deleted...]
-              <w:t>Knowledge and skills</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Knowledge and skills</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E615A4" w:rsidRPr="00E812F7" w14:paraId="60A529A9" w14:textId="77777777" w:rsidTr="00EE1330">
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1271"/>
+        <w:gridCol w:w="7746"/>
+      </w:tblGrid>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="418BBEB9" w14:textId="611FAA80" w:rsidR="00E615A4" w:rsidRPr="00E812F7" w:rsidRDefault="00E615A4" w:rsidP="006D2DAA">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>Essential</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Essential</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7746" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="0AC01F80" w14:textId="77777777" w:rsidR="005B5439" w:rsidRPr="00E812F7" w:rsidRDefault="005B5439" w:rsidP="00C06FA6">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:spacing w:after="120"/>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>Written and/or oral communication skills.</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Written and/or oral communication skills.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29208BEF" w14:textId="5D1F4D6C" w:rsidR="0024644B" w:rsidRPr="00E812F7" w:rsidRDefault="00E812F7" w:rsidP="00957349">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:spacing w:after="120"/>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>The post holder demonstrates effective quality control of their own work and demonstrates a pattern of improvement in all aspects of their role, including attending training essential for the effective delivery of retail &amp; admissions operations.</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The post holder demonstrates effective quality control of their own work and demonstrates a pattern of improvement in all aspects of their role, including attending training essential for the effective delivery of retail &amp; admissions operations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E615A4" w:rsidRPr="00E812F7" w14:paraId="1111DBEC" w14:textId="77777777" w:rsidTr="00EE1330">
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="3B3C306E" w14:textId="643DDCFC" w:rsidR="00E615A4" w:rsidRPr="00E812F7" w:rsidRDefault="00E615A4" w:rsidP="006D2DAA">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>Desirable</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Desirable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7746" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="1D216C1A" w14:textId="77777777" w:rsidR="00E812F7" w:rsidRPr="00E812F7" w:rsidRDefault="00E812F7" w:rsidP="00C06FA6">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:spacing w:after="120"/>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>Shared responsibility for generating ideas/using initiative in a way that will improve visitor service processes.</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Shared responsibility for generating ideas/using initiative in a way that will improve visitor service processes.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EF85B9A" w14:textId="77777777" w:rsidR="00E812F7" w:rsidRDefault="00E812F7" w:rsidP="00261805">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:spacing w:after="120"/>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00261805">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>This role requires a ‘hands on approach’, particularly during peak trading conditions to support the wider team.</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This role requires a ‘hands on approach’, particularly during peak trading conditions to support the wider team.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F1AC55B" w14:textId="34D0D753" w:rsidR="003A2AB9" w:rsidRPr="00E812F7" w:rsidRDefault="003A2AB9" w:rsidP="003A2AB9">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E615A4" w:rsidRPr="00E812F7" w14:paraId="6B2039FF" w14:textId="77777777" w:rsidTr="00CC4FE3">
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9017"/>
+      </w:tblGrid>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9017" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="1C685F64" w14:textId="4C8A52E3" w:rsidR="00E615A4" w:rsidRPr="00E812F7" w:rsidRDefault="00E615A4" w:rsidP="006D2DAA">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...6 lines deleted...]
-              <w:t>Additional requirements</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FFFFFF"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Additional requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E615A4" w:rsidRPr="00E812F7" w14:paraId="2437A0A8" w14:textId="77777777" w:rsidTr="00EE1330">
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1271"/>
+        <w:gridCol w:w="7746"/>
+      </w:tblGrid>
+      <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="14B5E13F" w14:textId="399B439B" w:rsidR="00E615A4" w:rsidRPr="00E812F7" w:rsidRDefault="00EE1330" w:rsidP="00E812F7">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>Essential</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Essential</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7746" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w14:paraId="2D5BBC8B" w14:textId="38740773" w:rsidR="00E812F7" w:rsidRPr="00E812F7" w:rsidRDefault="00E812F7" w:rsidP="00C06FA6">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:spacing w:after="120"/>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This role is based at ZSL Whipsnade Zoo. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="335CF637" w14:textId="77777777" w:rsidR="00E812F7" w:rsidRPr="00E812F7" w:rsidRDefault="00E812F7" w:rsidP="00C06FA6">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:spacing w:after="120"/>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>This role is predominantly front of house operations, which may involve working outdoors in all weather conditions.</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This role is predominantly front of house operations, which may involve working outdoors in all weather conditions.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="105E6E08" w14:textId="1BC533EE" w:rsidR="00E812F7" w:rsidRPr="00E812F7" w:rsidRDefault="00E812F7" w:rsidP="00C06FA6">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> With possibly some evening work also. </w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flexible working hours, including weekends and bank holidays are required. With possibly some evening work also. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16F40D61" w14:textId="77777777" w:rsidR="00E812F7" w:rsidRPr="00E812F7" w:rsidRDefault="00E812F7" w:rsidP="00E812F7">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="43AACB7A" w14:textId="77777777" w:rsidR="00E812F7" w:rsidRPr="00E812F7" w:rsidRDefault="00E812F7" w:rsidP="00C06FA6">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:spacing w:after="120"/>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">The post holder acts as an ambassador for ZSL equality and diversity policies, ensuring compliance across the department, acting with professionalism. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4415E02B" w14:textId="1120779F" w:rsidR="00E812F7" w:rsidRPr="00E812F7" w:rsidRDefault="00E812F7" w:rsidP="00C06FA6">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:spacing w:after="120"/>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>The post holder is always required to demonstrate a professional approach to the management of sensitive or confidential information in line with ZSL GDPR policy &amp; procedure.</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The post holder is always required to demonstrate a professional approach to the management of sensitive or confidential information in line with ZSL GDPR policy &amp; procedure.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1645A6AB" w14:textId="77777777" w:rsidR="00E812F7" w:rsidRPr="00E812F7" w:rsidRDefault="00E812F7" w:rsidP="00C06FA6">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>The post holder is always required to comply and promote Health &amp; Safety and safe operating practices (Inc. training) across the department.</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The post holder is always required to comply and promote Health &amp; Safety and safe operating practices (Inc. training) across the department.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0917A7D2" w14:textId="77777777" w:rsidR="00E812F7" w:rsidRPr="00E812F7" w:rsidRDefault="00E812F7" w:rsidP="00E812F7">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1ED8CC75" w14:textId="4CA6CD43" w:rsidR="00E812F7" w:rsidRPr="00261805" w:rsidRDefault="00E812F7" w:rsidP="00AD5CC0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:spacing w:after="120"/>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00261805">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>Shared responsibility for ensuring daily department and individual team member KPI targets are met.</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Shared responsibility for ensuring daily department and individual team member KPI targets are met.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E28683C" w14:textId="159F9604" w:rsidR="00E812F7" w:rsidRPr="00E812F7" w:rsidRDefault="00E812F7" w:rsidP="00C06FA6">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
               <w:spacing w:after="120"/>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>The post holder is required to be adaptable in ensuring the smooth operation of a 7 day a week department.</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The post holder is required to be adaptable in ensuring the smooth operation of a 7 day a week department.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75DB9180" w14:textId="77777777" w:rsidR="00CB4B12" w:rsidRPr="00261805" w:rsidRDefault="00E812F7" w:rsidP="00261805">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:ind w:left="720" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E812F7">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-              <w:t>The post holder is required to carry out their own work requirements in an organised and efficient way.</w:t>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The post holder is required to carry out their own work requirements in an organised and efficient way.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="208EE017" w14:textId="390493F1" w:rsidR="00261805" w:rsidRPr="00E812F7" w:rsidRDefault="00261805" w:rsidP="00261805">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+                <w:tab w:val="left" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="9360"/>
+                <w:tab w:val="left" w:pos="10080"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05919FA2" w14:textId="77777777" w:rsidR="00A00F71" w:rsidRPr="00E812F7" w:rsidRDefault="00A00F71" w:rsidP="00E61966">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...9 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId00007"/>
+      <w:footerReference w:type="default" r:id="rId00008"/>
+      <w:headerReference w:type="first" r:id="rId00009"/>
+      <w:footerReference w:type="first" r:id="rId00010"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
-[...2 lines deleted...]
-      <w:noEndnote/>
+      <w:pgSz w:w="11907" w:h="16840"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="1134" w:footer="851"/>
       <w:titlePg/>
+      <w15:footnoteColumns w:val="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...14 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<file path=word/footer0001.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:tx19="http://schemas.textcontrol.com/tx/1900" xmlns:tx23="http://schemas.textcontrol.com/tx/2300" xmlns:tx26="http://schemas.textcontrol.com/tx/2600" mc:Ignorable="w14 wpc wpg wps w15 w16du tx19 tx23 tx26">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
+      <w:jc w:val="left"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="none"/>
+        <w:left w:val="none"/>
+        <w:bottom w:val="none"/>
+        <w:right w:val="none"/>
+        <w:insideH w:val="none"/>
+        <w:insideV w:val="none"/>
+      </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
-      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3005"/>
       <w:gridCol w:w="3005"/>
       <w:gridCol w:w="3005"/>
     </w:tblGrid>
-    <w:tr w:rsidR="05F84533" w14:paraId="554283A7" w14:textId="77777777" w:rsidTr="05F84533">
+    <w:tr>
       <w:trPr>
-        <w:trHeight w:val="300"/>
+        <w:trHeight w:val="300" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3005" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:vAlign w:val="top"/>
         </w:tcPr>
-        <w:p w14:paraId="6FD0305B" w14:textId="17CF285B" w:rsidR="05F84533" w:rsidRDefault="05F84533" w:rsidP="05F84533">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="Header"/>
-            <w:ind w:left="-115"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="9360"/>
+              <w:tab w:val="left" w:pos="10080"/>
+              <w:tab w:val="left" w:pos="10800"/>
+              <w:tab w:val="left" w:pos="11520"/>
+              <w:tab w:val="left" w:pos="12240"/>
+              <w:tab w:val="left" w:pos="12960"/>
+              <w:tab w:val="left" w:pos="13680"/>
+              <w:tab w:val="left" w:pos="14400"/>
+              <w:tab w:val="left" w:pos="15120"/>
+              <w:tab w:val="left" w:pos="15840"/>
+              <w:tab w:val="left" w:pos="16560"/>
+              <w:tab w:val="left" w:pos="17280"/>
+            </w:tabs>
+            <w:rPr>
+              <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+            </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3005" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:vAlign w:val="top"/>
         </w:tcPr>
-        <w:p w14:paraId="7560FAB2" w14:textId="3DF8E1E7" w:rsidR="05F84533" w:rsidRDefault="05F84533" w:rsidP="05F84533">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="Header"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="9360"/>
+              <w:tab w:val="left" w:pos="10080"/>
+              <w:tab w:val="left" w:pos="10800"/>
+              <w:tab w:val="left" w:pos="11520"/>
+              <w:tab w:val="left" w:pos="12240"/>
+              <w:tab w:val="left" w:pos="12960"/>
+              <w:tab w:val="left" w:pos="13680"/>
+              <w:tab w:val="left" w:pos="14400"/>
+              <w:tab w:val="left" w:pos="15120"/>
+              <w:tab w:val="left" w:pos="15840"/>
+              <w:tab w:val="left" w:pos="16560"/>
+              <w:tab w:val="left" w:pos="17280"/>
+            </w:tabs>
             <w:jc w:val="center"/>
+            <w:rPr>
+              <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+            </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3005" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:vAlign w:val="top"/>
         </w:tcPr>
-        <w:p w14:paraId="6E752226" w14:textId="34BB7E35" w:rsidR="05F84533" w:rsidRDefault="05F84533" w:rsidP="05F84533">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="Header"/>
-            <w:ind w:right="-115"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="9360"/>
+              <w:tab w:val="left" w:pos="10080"/>
+              <w:tab w:val="left" w:pos="10800"/>
+              <w:tab w:val="left" w:pos="11520"/>
+              <w:tab w:val="left" w:pos="12240"/>
+              <w:tab w:val="left" w:pos="12960"/>
+              <w:tab w:val="left" w:pos="13680"/>
+              <w:tab w:val="left" w:pos="14400"/>
+              <w:tab w:val="left" w:pos="15120"/>
+              <w:tab w:val="left" w:pos="15840"/>
+              <w:tab w:val="left" w:pos="16560"/>
+              <w:tab w:val="left" w:pos="17280"/>
+            </w:tabs>
             <w:jc w:val="right"/>
+            <w:rPr>
+              <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+            </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="33014D40" w14:textId="3E18572B" w:rsidR="05F84533" w:rsidRDefault="05F84533" w:rsidP="05F84533">
+  <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="10080"/>
+        <w:tab w:val="left" w:pos="10800"/>
+        <w:tab w:val="left" w:pos="11520"/>
+        <w:tab w:val="left" w:pos="12240"/>
+        <w:tab w:val="left" w:pos="12960"/>
+        <w:tab w:val="left" w:pos="13680"/>
+        <w:tab w:val="left" w:pos="14400"/>
+        <w:tab w:val="left" w:pos="15120"/>
+        <w:tab w:val="left" w:pos="15840"/>
+        <w:tab w:val="left" w:pos="16560"/>
+        <w:tab w:val="left" w:pos="17280"/>
+      </w:tabs>
+      <w:rPr>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<file path=word/footer0001_first.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:tx19="http://schemas.textcontrol.com/tx/1900" xmlns:tx23="http://schemas.textcontrol.com/tx/2300" xmlns:tx26="http://schemas.textcontrol.com/tx/2600" mc:Ignorable="w14 wpc wpg wps w15 w16du tx19 tx23 tx26">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
+      <w:jc w:val="left"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="none"/>
+        <w:left w:val="none"/>
+        <w:bottom w:val="none"/>
+        <w:right w:val="none"/>
+        <w:insideH w:val="none"/>
+        <w:insideV w:val="none"/>
+      </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
-      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3005"/>
       <w:gridCol w:w="3005"/>
       <w:gridCol w:w="3005"/>
     </w:tblGrid>
-    <w:tr w:rsidR="05F84533" w14:paraId="0B5C775A" w14:textId="77777777" w:rsidTr="05F84533">
+    <w:tr>
       <w:trPr>
-        <w:trHeight w:val="300"/>
+        <w:trHeight w:val="300" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3005" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:vAlign w:val="top"/>
         </w:tcPr>
-        <w:p w14:paraId="5726228C" w14:textId="5B71CE0E" w:rsidR="05F84533" w:rsidRDefault="05F84533" w:rsidP="05F84533">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="Header"/>
-            <w:ind w:left="-115"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="9360"/>
+              <w:tab w:val="left" w:pos="10080"/>
+              <w:tab w:val="left" w:pos="10800"/>
+              <w:tab w:val="left" w:pos="11520"/>
+              <w:tab w:val="left" w:pos="12240"/>
+              <w:tab w:val="left" w:pos="12960"/>
+              <w:tab w:val="left" w:pos="13680"/>
+              <w:tab w:val="left" w:pos="14400"/>
+              <w:tab w:val="left" w:pos="15120"/>
+              <w:tab w:val="left" w:pos="15840"/>
+              <w:tab w:val="left" w:pos="16560"/>
+              <w:tab w:val="left" w:pos="17280"/>
+            </w:tabs>
+            <w:rPr>
+              <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+            </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3005" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:vAlign w:val="top"/>
         </w:tcPr>
-        <w:p w14:paraId="6A138D53" w14:textId="14A018CE" w:rsidR="05F84533" w:rsidRDefault="05F84533" w:rsidP="05F84533">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="Header"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="9360"/>
+              <w:tab w:val="left" w:pos="10080"/>
+              <w:tab w:val="left" w:pos="10800"/>
+              <w:tab w:val="left" w:pos="11520"/>
+              <w:tab w:val="left" w:pos="12240"/>
+              <w:tab w:val="left" w:pos="12960"/>
+              <w:tab w:val="left" w:pos="13680"/>
+              <w:tab w:val="left" w:pos="14400"/>
+              <w:tab w:val="left" w:pos="15120"/>
+              <w:tab w:val="left" w:pos="15840"/>
+              <w:tab w:val="left" w:pos="16560"/>
+              <w:tab w:val="left" w:pos="17280"/>
+            </w:tabs>
             <w:jc w:val="center"/>
+            <w:rPr>
+              <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+            </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3005" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:vAlign w:val="top"/>
         </w:tcPr>
-        <w:p w14:paraId="56D0B26B" w14:textId="2235FE78" w:rsidR="05F84533" w:rsidRDefault="05F84533" w:rsidP="05F84533">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="Header"/>
-            <w:ind w:right="-115"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="9360"/>
+              <w:tab w:val="left" w:pos="10080"/>
+              <w:tab w:val="left" w:pos="10800"/>
+              <w:tab w:val="left" w:pos="11520"/>
+              <w:tab w:val="left" w:pos="12240"/>
+              <w:tab w:val="left" w:pos="12960"/>
+              <w:tab w:val="left" w:pos="13680"/>
+              <w:tab w:val="left" w:pos="14400"/>
+              <w:tab w:val="left" w:pos="15120"/>
+              <w:tab w:val="left" w:pos="15840"/>
+              <w:tab w:val="left" w:pos="16560"/>
+              <w:tab w:val="left" w:pos="17280"/>
+            </w:tabs>
             <w:jc w:val="right"/>
+            <w:rPr>
+              <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+            </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="22C41CA9" w14:textId="71E1BC0F" w:rsidR="05F84533" w:rsidRDefault="05F84533" w:rsidP="05F84533">
+  <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="10080"/>
+        <w:tab w:val="left" w:pos="10800"/>
+        <w:tab w:val="left" w:pos="11520"/>
+        <w:tab w:val="left" w:pos="12240"/>
+        <w:tab w:val="left" w:pos="12960"/>
+        <w:tab w:val="left" w:pos="13680"/>
+        <w:tab w:val="left" w:pos="14400"/>
+        <w:tab w:val="left" w:pos="15120"/>
+        <w:tab w:val="left" w:pos="15840"/>
+        <w:tab w:val="left" w:pos="16560"/>
+        <w:tab w:val="left" w:pos="17280"/>
+      </w:tabs>
+      <w:rPr>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<file path=word/header0001.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:tx19="http://schemas.textcontrol.com/tx/1900" xmlns:tx23="http://schemas.textcontrol.com/tx/2300" xmlns:tx26="http://schemas.textcontrol.com/tx/2600" mc:Ignorable="w14 wpc wpg wps w15 w16du tx19 tx23 tx26">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
+      <w:jc w:val="left"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="none"/>
+        <w:left w:val="none"/>
+        <w:bottom w:val="none"/>
+        <w:right w:val="none"/>
+        <w:insideH w:val="none"/>
+        <w:insideV w:val="none"/>
+      </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
-      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3005"/>
       <w:gridCol w:w="3005"/>
       <w:gridCol w:w="3005"/>
     </w:tblGrid>
-    <w:tr w:rsidR="05F84533" w14:paraId="59F37B3F" w14:textId="77777777" w:rsidTr="05F84533">
+    <w:tr>
       <w:trPr>
-        <w:trHeight w:val="300"/>
+        <w:trHeight w:val="300" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3005" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:vAlign w:val="top"/>
         </w:tcPr>
-        <w:p w14:paraId="36B24DC6" w14:textId="773CEA31" w:rsidR="05F84533" w:rsidRDefault="05F84533" w:rsidP="05F84533">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="Header"/>
-            <w:ind w:left="-115"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="9360"/>
+              <w:tab w:val="left" w:pos="10080"/>
+              <w:tab w:val="left" w:pos="10800"/>
+              <w:tab w:val="left" w:pos="11520"/>
+              <w:tab w:val="left" w:pos="12240"/>
+              <w:tab w:val="left" w:pos="12960"/>
+              <w:tab w:val="left" w:pos="13680"/>
+              <w:tab w:val="left" w:pos="14400"/>
+              <w:tab w:val="left" w:pos="15120"/>
+              <w:tab w:val="left" w:pos="15840"/>
+              <w:tab w:val="left" w:pos="16560"/>
+              <w:tab w:val="left" w:pos="17280"/>
+            </w:tabs>
+            <w:rPr>
+              <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+            </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3005" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:vAlign w:val="top"/>
         </w:tcPr>
-        <w:p w14:paraId="3E52DBC4" w14:textId="31382C48" w:rsidR="05F84533" w:rsidRDefault="05F84533" w:rsidP="05F84533">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="Header"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="9360"/>
+              <w:tab w:val="left" w:pos="10080"/>
+              <w:tab w:val="left" w:pos="10800"/>
+              <w:tab w:val="left" w:pos="11520"/>
+              <w:tab w:val="left" w:pos="12240"/>
+              <w:tab w:val="left" w:pos="12960"/>
+              <w:tab w:val="left" w:pos="13680"/>
+              <w:tab w:val="left" w:pos="14400"/>
+              <w:tab w:val="left" w:pos="15120"/>
+              <w:tab w:val="left" w:pos="15840"/>
+              <w:tab w:val="left" w:pos="16560"/>
+              <w:tab w:val="left" w:pos="17280"/>
+            </w:tabs>
             <w:jc w:val="center"/>
+            <w:rPr>
+              <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+            </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3005" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:vAlign w:val="top"/>
         </w:tcPr>
-        <w:p w14:paraId="3FA0513B" w14:textId="5435A3F1" w:rsidR="05F84533" w:rsidRDefault="05F84533" w:rsidP="05F84533">
+        <w:p>
           <w:pPr>
             <w:pStyle w:val="Header"/>
-            <w:ind w:right="-115"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="9360"/>
+              <w:tab w:val="left" w:pos="10080"/>
+              <w:tab w:val="left" w:pos="10800"/>
+              <w:tab w:val="left" w:pos="11520"/>
+              <w:tab w:val="left" w:pos="12240"/>
+              <w:tab w:val="left" w:pos="12960"/>
+              <w:tab w:val="left" w:pos="13680"/>
+              <w:tab w:val="left" w:pos="14400"/>
+              <w:tab w:val="left" w:pos="15120"/>
+              <w:tab w:val="left" w:pos="15840"/>
+              <w:tab w:val="left" w:pos="16560"/>
+              <w:tab w:val="left" w:pos="17280"/>
+            </w:tabs>
             <w:jc w:val="right"/>
+            <w:rPr>
+              <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+            </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="242288DE" w14:textId="11787955" w:rsidR="05F84533" w:rsidRDefault="05F84533" w:rsidP="05F84533">
+  <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="10080"/>
+        <w:tab w:val="left" w:pos="10800"/>
+        <w:tab w:val="left" w:pos="11520"/>
+        <w:tab w:val="left" w:pos="12240"/>
+        <w:tab w:val="left" w:pos="12960"/>
+        <w:tab w:val="left" w:pos="13680"/>
+        <w:tab w:val="left" w:pos="14400"/>
+        <w:tab w:val="left" w:pos="15120"/>
+        <w:tab w:val="left" w:pos="15840"/>
+        <w:tab w:val="left" w:pos="16560"/>
+        <w:tab w:val="left" w:pos="17280"/>
+      </w:tabs>
+      <w:rPr>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="4F2D457F" w14:textId="5ADBBD04" w:rsidR="003E4AA3" w:rsidRDefault="0097647C">
+<file path=word/header0001_first.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:tx19="http://schemas.textcontrol.com/tx/1900" xmlns:tx23="http://schemas.textcontrol.com/tx/2300" xmlns:tx26="http://schemas.textcontrol.com/tx/2600" mc:Ignorable="w14 wpc wpg wps w15 w16du tx19 tx23 tx26">
+  <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="10080"/>
+        <w:tab w:val="left" w:pos="10800"/>
+        <w:tab w:val="left" w:pos="11520"/>
+        <w:tab w:val="left" w:pos="12240"/>
+        <w:tab w:val="left" w:pos="12960"/>
+        <w:tab w:val="left" w:pos="13680"/>
+        <w:tab w:val="left" w:pos="14400"/>
+        <w:tab w:val="left" w:pos="15120"/>
+        <w:tab w:val="left" w:pos="15840"/>
+        <w:tab w:val="left" w:pos="16560"/>
+        <w:tab w:val="left" w:pos="17280"/>
+      </w:tabs>
+      <w:rPr>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17E45AE1" wp14:editId="15CC5AB5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-666750</wp:posOffset>
+            <wp:posOffset>-666115</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-481965</wp:posOffset>
+            <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1371448" cy="685800"/>
-[...23 lines deleted...]
-          </wp:cNvGraphicFramePr>
+          <wp:extent cx="1417320" cy="708660"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="1" name="Picture 2"/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="0" name="Image 1"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...6 lines deleted...]
-                  <a:srcRect/>
+                  <a:blip r:embed="rId00006"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1371448" cy="685800"/>
+                    <a:ext cx="1417320" cy="708660"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="C5CA7504">
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:abstractNum w:abstractNumId="0">
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
-      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
       </w:pPr>
       <w:rPr>
-        <w:b w:val="0"/>
-[...362 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:b w:val="off"/>
+        <w:i w:val="off"/>
+        <w:strike w:val="off"/>
+        <w:color w:val="auto"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="22"/>
+        <w:u w:val="none"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0809000F">
+  <w:abstractNum w:abstractNumId="1">
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
-      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
-      </w:pPr>
-[...84 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
       </w:pPr>
       <w:rPr>
-        <w:b w:val="0"/>
-[...279 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:b w:val="off"/>
+        <w:i w:val="off"/>
+        <w:strike w:val="off"/>
+        <w:color w:val="auto"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="22"/>
+        <w:u w:val="none"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+  <w:abstractNum w:abstractNumId="2">
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="left"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...95 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:b w:val="off"/>
+        <w:i w:val="off"/>
+        <w:strike w:val="off"/>
+        <w:color w:val="auto"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="22"/>
+        <w:u w:val="none"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+  <w:abstractNum w:abstractNumId="3">
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="left"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...95 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:b w:val="off"/>
+        <w:i w:val="off"/>
+        <w:strike w:val="off"/>
+        <w:color w:val="auto"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="22"/>
+        <w:u w:val="none"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+  <w:abstractNum w:abstractNumId="4">
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="left"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...95 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:b w:val="off"/>
+        <w:i w:val="off"/>
+        <w:strike w:val="off"/>
+        <w:color w:val="auto"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="22"/>
+        <w:u w:val="none"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+  <w:abstractNum w:abstractNumId="5">
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...95 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
+        <w:b w:val="off"/>
+        <w:i w:val="off"/>
+        <w:strike w:val="off"/>
+        <w:color w:val="auto"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="22"/>
+        <w:u w:val="none"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-[...231 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="641422504">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="962033743">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:suff w:val="tab"/>
+        <w:lvlText w:val="%1."/>
+        <w:pPr>
+          <w:ind w:left="714" w:hanging="357"/>
+          <w:tabs>
+            <w:tab w:val="num" w:pos="714"/>
+          </w:tabs>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="off"/>
+          <w:i w:val="off"/>
+          <w:strike w:val="off"/>
+          <w:color w:val="auto"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="959413172">
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="367990161">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="299531684">
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1501777009">
-[...20 lines deleted...]
-  <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...19 lines deleted...]
-  </w:endnotePr>
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:tx24="http://schemas.textcontrol.com/tx/2400" xmlns:tx25="http://schemas.textcontrol.com/tx/2500" mc:Ignorable="tx24 tx25">
+  <w:bordersDoNotSurroundHeader/>
+  <w:defaultTabStop w:val="1134"/>
   <w:compat>
+    <w:noExtraLineSpacing/>
+    <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:rsids>
-[...421 lines deleted...]
-  <w15:docId w15:val="{1197B105-21CE-4F6A-A0AC-41EA8F671249}"/>
+  <tx24:txVer tx24:val="32.0.434.500"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Arial"/>
+        <w:sz w:val="24"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...377 lines deleted...]
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="[Normal]" w:customStyle="1">
+    <w:name w:val="[Normal]"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="[Normal]"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="off"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1134"/>
+        <w:tab w:val="left" w:pos="2268"/>
+        <w:tab w:val="left" w:pos="3402"/>
+        <w:tab w:val="left" w:pos="4536"/>
+        <w:tab w:val="left" w:pos="5670"/>
+        <w:tab w:val="left" w:pos="6804"/>
+        <w:tab w:val="left" w:pos="7938"/>
+        <w:tab w:val="left" w:pos="9072"/>
+        <w:tab w:val="left" w:pos="10206"/>
+        <w:tab w:val="left" w:pos="11340"/>
+        <w:tab w:val="left" w:pos="12474"/>
+        <w:tab w:val="left" w:pos="13608"/>
+        <w:tab w:val="left" w:pos="14742"/>
+        <w:tab w:val="left" w:pos="15876"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="on"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="off"/>
+      <w:bCs w:val="off"/>
+      <w:i w:val="off"/>
+      <w:iCs w:val="off"/>
+      <w:caps w:val="off"/>
+      <w:smallCaps w:val="off"/>
+      <w:strike w:val="off"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
       <w:sz w:val="24"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:rtl w:val="off"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Header"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Footer"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="ListParagraph"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:u w:val="single"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
-    </w:rPr>
-[...14 lines deleted...]
-      <w:u w:val="single"/>
+      <w:bCs/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
+      <w:bCs/>
       <w:u w:val="single"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
+      <w:bCs/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
-[...48 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="p12">
+  <w:style w:type="paragraph" w:styleId="p12" w:customStyle="1">
     <w:name w:val="p12"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00FC3456"/>
+    <w:next w:val="p12"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
+      <w:widowControl w:val="off"/>
       <w:spacing w:line="280" w:lineRule="atLeast"/>
       <w:ind w:left="720" w:hanging="720"/>
     </w:pPr>
     <w:rPr>
-      <w:snapToGrid w:val="0"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MediumGrid1-Accent21">
+  <w:style w:type="paragraph" w:styleId="Medium Grid 1 - Accent 21" w:customStyle="1">
     <w:name w:val="Medium Grid 1 - Accent 21"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:next w:val="Medium Grid 1 - Accent 21"/>
     <w:qFormat/>
-    <w:rsid w:val="00FC3456"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
-  </w:style>
-[...3 lines deleted...]
-    <w:rsid w:val="00711E1B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ColorfulList-Accent11">
+  <w:style w:type="paragraph" w:styleId="Colorful List - Accent 11" w:customStyle="1">
     <w:name w:val="Colorful List - Accent 11"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:next w:val="Colorful List - Accent 11"/>
     <w:qFormat/>
-    <w:rsid w:val="001767D5"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005E35A6"/>
+    <w:next w:val="BalloonText"/>
+    <w:qFormat/>
+    <w:pPr/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
-  </w:style>
-[...51 lines deleted...]
-    </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00793BEF"/>
+    <w:qFormat/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+      <w:rtl w:val="off"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00793BEF"/>
+    <w:next w:val="CommentText"/>
+    <w:qFormat/>
+    <w:pPr/>
     <w:rPr>
       <w:sz w:val="20"/>
-    </w:rPr>
-[...9 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
-    <w:link w:val="CommentSubjectChar"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00793BEF"/>
+    <w:qFormat/>
+    <w:pPr/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="Comment Text Char" w:customStyle="1">
+    <w:name w:val="Comment Text Char"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rtl w:val="off"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Comment Subject Char" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
-    <w:basedOn w:val="CommentTextChar"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00793BEF"/>
+    <w:basedOn w:val="Comment Text Char"/>
+    <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="99"/>
-[...5 lines deleted...]
-    </w:pPr>
+    <w:next w:val="NormalWeb"/>
+    <w:qFormat/>
+    <w:pPr/>
     <w:rPr>
-      <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="en-GB"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00ED15A9"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
+      <w:rtl w:val="off"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00ED15A9"/>
+    <w:qFormat/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rtl w:val="off"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
-    <w:uiPriority w:val="1"/>
+    <w:basedOn w:val="[Normal]"/>
+    <w:next w:val="NoSpacing"/>
     <w:qFormat/>
-    <w:rsid w:val="00620BAC"/>
+    <w:pPr>
+      <w:widowControl w:val="on"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="1134"/>
+        <w:tab w:val="clear" w:pos="2268"/>
+        <w:tab w:val="clear" w:pos="3402"/>
+        <w:tab w:val="clear" w:pos="4536"/>
+        <w:tab w:val="clear" w:pos="5670"/>
+        <w:tab w:val="clear" w:pos="6804"/>
+        <w:tab w:val="clear" w:pos="7938"/>
+        <w:tab w:val="clear" w:pos="9072"/>
+        <w:tab w:val="clear" w:pos="10206"/>
+        <w:tab w:val="clear" w:pos="11340"/>
+        <w:tab w:val="clear" w:pos="12474"/>
+        <w:tab w:val="clear" w:pos="13608"/>
+        <w:tab w:val="clear" w:pos="14742"/>
+        <w:tab w:val="clear" w:pos="15876"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading 4 Char" w:customStyle="1">
+    <w:name w:val="Heading 4 Char"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+      <w:rtl w:val="off"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Balloon Text Char" w:customStyle="1">
+    <w:name w:val="Balloon Text Char"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:rtl w:val="off"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="en-GB"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...58 lines deleted...]
-</w:webSettings>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+	<Relationship Id="rId00005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
+	<Relationship Id="rId00007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header0001.xml"/>
+	<Relationship Id="rId00008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer0001.xml"/>
+	<Relationship Id="rId00009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header0001_first.xml"/>
+	<Relationship Id="rId00010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer0001_first.xml"/>
+	<Relationship Id="rId00011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
+	<Relationship Id="rId00012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
+	<Relationship Id="rId00013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
+</Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...601 lines deleted...]
-</ds:datastoreItem>
+<file path=word/_rels/header0001_first.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+	<Relationship Id="rId00006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image0001.png"/>
+</Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
-[...3 lines deleted...]
-  <Characters>6389</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...23 lines deleted...]
-  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Role Profile template and Guidance</dc:title>
   <dc:creator>Charlotte Cowan</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...1 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Team">
+    <vt:lpwstr>5;#HR|12cf6d2f-e5d5-4afc-acb4-2881efab8e57</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Document language">
+    <vt:lpwstr>1;#English|8e6f1ede-5386-4ba2-be58-056b572f25ee</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
     <vt:lpwstr>0x0101007C5C203F705EE047B552FBA94E4EB58F</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Zoogle Topic">
-[...62 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="xd_Signature">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_Signature">
     <vt:bool>false</vt:bool>
-  </property>
-[...4 lines deleted...]
-    <vt:lpwstr/>
   </property>
 </Properties>
 </file>